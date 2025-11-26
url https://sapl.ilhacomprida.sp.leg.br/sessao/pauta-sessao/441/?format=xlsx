--- v0 (2025-10-02)
+++ v1 (2025-11-26)
@@ -135,51 +135,51 @@
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE CIDADÃ ILHACOMPRIDENSE À SENHORA MARIA OLÍVIA MOREIRA LEÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 14 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO TÍTULO DE COMENDA DOS PIONEIROS AO SENHOR EDER LEANDRO FERREIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Ata da Sessão nº 29 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa Diretora</t>
   </si>
   <si>
     <t>Ata da Vigésima Nona Sessão Ordinária. - Minuta.</t>
   </si>
   <si>
-    <t>Projeto de Lei Ordinária nº 164 de 2025</t>
+    <t>Projeto de Lei Ordinária nº 168 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O USO DE PRAÇAS PÚBLICAS POR FOOD TRUCKS E TRAILERS DEVIDAMENTE REGULARIZADOS COM ALVARÁ E LICENÇA DE FUNCIONAMENTO NO MUNICÍPIO DE ILHA COMPRIDA – SP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 165 de 2025</t>
   </si>
   <si>
     <t>MOZART SILVESTRE</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA CALÇADA LÚDICA NO CALÇADÃO DA ORLA DO MUNICÍPIO DE ILHA COMPRIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Requerimento nº 99 de 2025</t>
   </si>
   <si>
     <t>EMERSON GRYLLO</t>
   </si>
   <si>
     <t>Requeiro, nas formalidades regimentais, ouvindo o douto e soberano Plenário para que, se aprovado for, oficie-se à Excelentíssima Senhora Prefeita_x000D_
 Municipal de Ilha Comprida, Maristela Osório de Marques Cardona, a fim de que, por intermédio do setor competente, encaminhe a esta Casa de Leis as informações sobre a falta de anestesia para o centro de controle de zoonoses.</t>
   </si>
   <si>
     <t>Indicação nº 197 de 2025</t>